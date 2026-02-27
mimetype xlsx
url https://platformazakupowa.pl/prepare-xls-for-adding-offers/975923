--- v0 (2026-01-17)
+++ v1 (2026-02-27)
@@ -112,54 +112,54 @@
   <si>
     <t>PLN</t>
   </si>
   <si>
     <t>Razem:</t>
   </si>
   <si>
     <t>Załączniki do postępowania</t>
   </si>
   <si>
     <t>Źródło</t>
   </si>
   <si>
     <t>Nazwa załącznika</t>
   </si>
   <si>
     <t>Warunki postępowania</t>
   </si>
   <si>
     <t>KLAUZULA INFORMACYJNA ART. 13.pdf</t>
   </si>
   <si>
     <t>KLAUZULA INFORMACYJNA art 14.pdf</t>
   </si>
   <si>
+    <t>Zrzut ekranu 2024-07-23 113657.png</t>
+  </si>
+  <si>
     <t>projekt umowy .pdf</t>
-  </si>
-[...1 lines deleted...]
-    <t>Zrzut ekranu 2024-07-23 113657.png</t>
   </si>
   <si>
     <t>Przedmiar - ZP.271.2.19.2024.pdf</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span id="docs-internal-guid-7d3da06c-7fff-2318-67d1-dc84e6284361"&gt;&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 12pt; margin-bottom: 0pt; padding: 0pt 0pt 12pt;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(51, 51, 51); background-color: transparent; font-weight: 700; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;Szanowni Państwo,&amp;nbsp;&amp;nbsp;&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 0pt; margin-bottom: 0pt; padding: 0pt 0pt 12pt;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(51, 51, 51); background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;informujemy, że poniższe postępowanie ma charakter szacowania wartości zamówienia.&lt;/span&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(51, 51, 51); background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;&amp;nbsp;&amp;nbsp;&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 0pt; margin-bottom: 0pt; padding: 0pt 0pt 12pt;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(51, 51, 51); background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;Informujemy, iż niniejsze postępowanie nie stanowi zaproszenia do składania ofert w rozumieniu art. 66 Kodeksu cywilnego,&lt;strong&gt; nie zobowiązuje Zamawiającego do zawarcia umowy, czy też udzielenia zamówienia&lt;/strong&gt; i nie stanowi części procedury udzielania zamówienia publicznego realizowanego na podstawie ustawy Prawo zamówień publicznych.&amp;nbsp;&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 0pt; margin-bottom: 12pt;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(51, 51, 51); background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;Zamawiający zastrzega jednak, że odpowiedź na niniejsze postępowanie o charakterze szacowania ceny może skutkować:&lt;/span&gt;&lt;/p&gt;&lt;ul style="margin-bottom: 0px;"&gt;&lt;li dir="ltr" style="list-style-type: disc; font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(51, 51, 51); background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre;"&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 12pt; margin-bottom: 0pt;" role="presentation"&gt;&lt;span style="font-size: 10.5pt; background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;&lt;strong&gt;zaproszeniem &lt;/strong&gt;do złożenia oferty lub/i&amp;nbsp;&lt;/span&gt;&lt;/p&gt;&lt;/li&gt;&lt;li dir="ltr" style="list-style-type: disc; font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(51, 51, 51); background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre;"&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 0pt; margin-bottom: 0pt;" role="presentation"&gt;&lt;span style="font-size: 10.5pt; background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;&lt;strong&gt;zaproszeniem &lt;/strong&gt;do negocjacji warunków umownych lub&amp;nbsp;&lt;/span&gt;&lt;/p&gt;&lt;/li&gt;&lt;li dir="ltr" style="list-style-type: disc; font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(51, 51, 51); background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre;"&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 0pt; margin-bottom: 12pt;" role="presentation"&gt;&lt;span style="font-size: 10.5pt; background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;&lt;strong&gt;zawarciem &lt;/strong&gt;&lt;strong&gt;umowy&lt;/strong&gt;, której przedmiot został określony w niniejszym postępowaniu.&amp;nbsp;&lt;/span&gt;&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;!--[if gte mso 9]&gt;&lt;xml&gt;
  &lt;o:DocumentProperties&gt;
   &lt;o:Version&gt;16.00&lt;/o:Version&gt;
  &lt;/o:DocumentProperties&gt;
  &lt;o:OfficeDocumentSettings&gt;
   &lt;o:AllowPNG&gt;&lt;/o:AllowPNG&gt;
  &lt;/o:OfficeDocumentSettings&gt;
 &lt;/xml&gt;&lt;![endif]--&gt;&lt;!--[if gte mso 9]&gt;&lt;xml&gt;
  &lt;w:WordDocument&gt;
   &lt;w:View&gt;Normal&lt;/w:View&gt;
   &lt;w:Zoom&gt;0&lt;/w:Zoom&gt;
   &lt;w:TrackMoves&gt;&lt;/w:TrackMoves&gt;
   &lt;w:TrackFormatting&gt;&lt;/w:TrackFormatting&gt;
   &lt;w:HyphenationZone&gt;21&lt;/w:HyphenationZone&gt;
   &lt;w:PunctuationKerning&gt;&lt;/w:PunctuationKerning&gt;
   &lt;w:ValidateAgainstSchemas&gt;&lt;/w:ValidateAgainstSchemas&gt;
   &lt;w:SaveIfXMLInvalid&gt;false&lt;/w:SaveIfXMLInvalid&gt;
   &lt;w:IgnoreMixedContent&gt;false&lt;/w:IgnoreMixedContent&gt;
   &lt;w:AlwaysShowPlaceholderText&gt;false&lt;/w:AlwaysShowPlaceholderText&gt;
   &lt;w:DoNotPromoteQF&gt;&lt;/w:DoNotPromoteQF&gt;
@@ -1056,51 +1056,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/7ef71577fdfbc32bcc64f77434e84c02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/f0d087e317edf46be66a80bf47aad27b.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/130d294337490e6dbfaeac8b001e5d73.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/1a7a6fe4b4db1a3f27d1ca6f831f56c1.png" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/52cfa801daa418c6e46ca322bc92aa0b.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/7ef71577fdfbc32bcc64f77434e84c02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/f0d087e317edf46be66a80bf47aad27b.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/1a7a6fe4b4db1a3f27d1ca6f831f56c1.png" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/130d294337490e6dbfaeac8b001e5d73.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/52cfa801daa418c6e46ca322bc92aa0b.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AA26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E26" sqref="E26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="25" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>