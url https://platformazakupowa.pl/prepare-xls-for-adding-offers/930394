--- v0 (2026-01-23)
+++ v1 (2026-03-21)
@@ -10,754 +10,52 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Pozycje" sheetId="1" r:id="rId4"/>
     <sheet name="Worksheet" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...249 lines deleted...]
-	font-family:Symbol;}
---&gt;
-&lt;/style&gt;&lt;p class="MsoNormal" style="margin: 0cm 0cm 7.5pt; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none; line-height: 13.8pt;"&gt;&lt;strong&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;Szanowni Państwo,&lt;/span&gt;&lt;/strong&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;&amp;nbsp;&lt;/span&gt;&lt;span style="font-size: 13.5pt; color: black;"&gt;&lt;o:p&gt;&lt;/o:p&gt;&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm 0cm 7.5pt; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none; line-height: 13.8pt;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;Przedmiotem zamówienia są dostawy energii elektrycznej zgodnie z&amp;nbsp;obowiązującymi przepisami, standardach jakościowych Ustawy PE oraz przepisami wykonawczymi w&amp;nbsp;sprawie szczególnych warunków funkcjonowania systemu&amp;nbsp;elektroenergetycznego dla podmiotowych punktów poboru biorących udział w&amp;nbsp;Postępowaniu tj.&lt;/span&gt;&lt;span style="font-size: 13.5pt; color: black;"&gt;&lt;o:p&gt;&lt;/o:p&gt;&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;;"&gt;Gmina Miasto Elbląg&lt;/span&gt;&lt;/strong&gt;&lt;br&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;;"&gt;NIP: 578-305-14-46&lt;o:p&gt;&lt;/o:p&gt;&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;;"&gt;Adres: Łączności 1, 82-300 Elbląg&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;;"&gt;Centrum Sztuki Galeria EL&lt;/span&gt;&lt;/strong&gt;&lt;br&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;NIP: 578-104-73-11&lt;/span&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;&lt;o:p&gt;&lt;/o:p&gt;&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;Adres: Kuśnierska 6, 82-300 Elbląg&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;;"&gt;Muzeum Archeologiczno-Historyczne w Elblągu&lt;/span&gt;&lt;/strong&gt;&lt;br&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;NIP: 578-104-38-10&lt;/span&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;&lt;o:p&gt;&lt;/o:p&gt;&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;Adres: Bulwar Zygmunta Augusta 11, 82-300 Elbląg&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;;"&gt;Biblioteka Elbląska&lt;/span&gt;&lt;/strong&gt;&lt;br&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;NIP: 578-176-53-19&lt;/span&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;&lt;o:p&gt;&lt;/o:p&gt;&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;Adres: Św. Ducha 5-7, 82-300 Elbląg&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;;"&gt;Powiatowy Urząd Pracy w Elblągu&lt;/span&gt;&lt;/strong&gt;&lt;br&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;NIP: 578-260-82-66&lt;/span&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;&lt;o:p&gt;&lt;/o:p&gt;&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;Adres: Saperów 24, 82-300 Elbląg&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;;"&gt;Elbląskie Przedsiębiorstwo Gospodarki Komunalnej Sp. z o.o.&lt;/span&gt;&lt;/strong&gt;&lt;br&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;NIP: 578-312-53-40&lt;/span&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;&lt;o:p&gt;&lt;/o:p&gt;&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;Adres: Szańcowa 1, 82-300 Elbląg&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;;"&gt;Zarząd Portu Morskiego Elbląg Sp. z o.o.&lt;/span&gt;&lt;/strong&gt;&lt;br&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;NIP: 578-247-60-37&lt;/span&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;&lt;o:p&gt;&lt;/o:p&gt;&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;Adres: Portowa 1-3, 82-300 Elbląg&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;;"&gt;Elbląskie Towarzystwo Budownictwa Społecznego Sp. z o.o.&lt;/span&gt;&lt;/strong&gt;&lt;br&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;NIP: 578-168-45-03&lt;/span&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;&lt;o:p&gt;&lt;/o:p&gt;&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;Adres: Żyrardowska 51/2, 82-300 Elbląg&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;;"&gt;Szpital Miejski św. Jana Pawła II w Elblągu&lt;/span&gt;&lt;/strong&gt;&lt;br&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;NIP: 578-310-44-67&lt;/span&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;&lt;o:p&gt;&lt;/o:p&gt;&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;Adres: Komeńskiego 35, 82-300 Elbląg&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;;"&gt;Tramwaje Elbląskie Sp. z o.o.&lt;/span&gt;&lt;/strong&gt;&lt;br&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;NIP: 578-000-50-49&lt;/span&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;&lt;o:p&gt;&lt;/o:p&gt;&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;Adres: Browarna 91, 82-300 Elbląg&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;;"&gt;Zakład Utylizacji Odpadów Sp. z o.o.&lt;/span&gt;&lt;/strong&gt;&lt;br&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;NIP: 578-256-59-01&lt;/span&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;&lt;o:p&gt;&lt;/o:p&gt;&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;Adres: Mazurska 42, 82-300 Elbląg&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;;"&gt;Elbląskie Przedsiębiorstwo Wodociągów i Kanalizacji Sp. z o.o.&lt;/span&gt;&lt;/strong&gt;&lt;br&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;NIP: 578-000-21-57&lt;/span&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;&lt;o:p&gt;&lt;/o:p&gt;&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;Adres: Rawska 2-4, 82-300 Elbląg&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;;"&gt;Elbląskie Przedsiębiorstwo Energetyki Cieplnej Sp. z o.o.&lt;/span&gt;&lt;/strong&gt;&lt;br&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;NIP: 578-000-26-19&lt;/span&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;&lt;o:p&gt;&lt;/o:p&gt;&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;Adres: Fabryczna 3, 82-300 Elbląg&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;;"&gt;Zarząd Komunikacji Miejskiej w Elblągu Sp. z o.o.&lt;/span&gt;&lt;/strong&gt;&lt;br&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;NIP: 578-216-02-22&lt;/span&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;&lt;o:p&gt;&lt;/o:p&gt;&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;; color: black;"&gt;Adres: Browarna 90, 82-300 Elbląg&lt;/span&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;;"&gt;Gmina Kobylnica&lt;/span&gt;&lt;/strong&gt;&lt;br&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p class="MsoNormal" style="margin: 0cm; font-size: medium; font-family: Calibri, sans-serif; caret-color: rgb(0, 0, 0); color: rgb(0, 0, 0); font-style: normal; font-variant-caps: normal; font-weight: 400; letter-spacing: normal; orphans: auto; text-align: start; text-indent: 0px; text-transform: none; white-space: normal; widows: auto; word-spacing: 0px; -webkit-text-stroke-width: 0px; text-decoration: none;"&gt;&lt;span style="font-size: 10.5pt; font-family</t>
-[...163 lines deleted...]
-
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/></Relationships>
-</file>
-[...283 lines deleted...]
-</a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AA16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E16" sqref="E16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
@@ -923,69 +221,25 @@
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData/>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
-
-[...42 lines deleted...]
-</file>