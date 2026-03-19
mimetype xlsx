--- v0 (2025-12-31)
+++ v1 (2026-03-19)
@@ -112,54 +112,54 @@
   <si>
     <t>usługa</t>
   </si>
   <si>
     <t>23%</t>
   </si>
   <si>
     <t>PLN</t>
   </si>
   <si>
     <t>Razem:</t>
   </si>
   <si>
     <t>Załączniki do postępowania</t>
   </si>
   <si>
     <t>Źródło</t>
   </si>
   <si>
     <t>Nazwa załącznika</t>
   </si>
   <si>
     <t>Warunki postępowania</t>
   </si>
   <si>
+    <t>Załącznik nr 2 do zapytania ofertowego dot. koszeń.docx</t>
+  </si>
+  <si>
     <t>Pismo L.dz. 845.2023.W.pdf</t>
-  </si>
-[...1 lines deleted...]
-    <t>Załącznik nr 2 do zapytania ofertowego dot. koszeń.docx</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span id="docs-internal-guid-039d93c1-7fff-c6ca-8953-6f12cee6c1da"&gt;&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height:1.38;margin-top:0pt;margin-bottom:0pt;"&gt;&lt;span style="font-size: 11pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(0, 0, 0); background-color: transparent; font-weight: 700; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;Szanowni Państwo,&lt;/span&gt;&lt;/p&gt;&lt;br&gt;&lt;p dir="ltr" style="line-height:1.38;margin-top:0pt;margin-bottom:0pt;"&gt;&lt;span style="font-size: 11pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(0, 0, 0); background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;informujemy o postępowaniu prowadzonym przez Zamawiającego w trybie zgodnym z regulaminem wewnętrznym organizacji.&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height:1.38;margin-top:0pt;margin-bottom:0pt;"&gt;&lt;span style="font-size: 11pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(0, 0, 0); background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;Zapraszamy do złożenia ofert poprzez poniższy formularz elektroniczny.&lt;/span&gt;&lt;/p&gt;&lt;br&gt;&lt;p dir="ltr" style="line-height:1.38;margin-top:0pt;margin-bottom:0pt;"&gt;&lt;span style="font-size: 11pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(0, 0, 0); background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; text-decoration-skip-ink: none; vertical-align: baseline; white-space: pre-wrap;"&gt;Zastrzegamy, że postępowanie może zakończyć się brakiem wyboru oferty w przypadku:
 - niewystarczających środków na realizację zamówienia,
 - zmianę zapotrzebowania Zamawiającego.&lt;/span&gt;&lt;/p&gt;&lt;br&gt;&lt;br&gt;&lt;p dir="ltr" style="line-height:1.38;margin-top:0pt;margin-bottom:0pt;"&gt;&lt;span style="font-size: 11pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(0, 0, 0); background-color: transparent; font-weight: 700; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;W przypadku pytań:&amp;nbsp;&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height:1.38;margin-top:0pt;margin-bottom:0pt;"&gt;&lt;span style="font-size: 11pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(0, 0, 0); background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;- merytorycznych, proszę o kontakt poprzez e-mail: rraczek@czpk.czest.pl lub pod nr tel. 503-586-725 lub 34-327-53-20 wew. 27&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height:1.38;margin-top:0pt;margin-bottom:0pt;"&gt;&lt;span style="font-size: 11pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(0, 0, 0); background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;- związanych z obsługą platformy, proszę o kontakt z Centrum Wsparcia Klienta platformy zakupowej Open Nexus czynnym od poniedziałku do piątku w dni robocze, w godzinach od&amp;nbsp; &lt;/span&gt;&lt;span style="font-size: 11pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(0, 0, 0); background-color: transparent; font-weight: 700; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;8:00&lt;/span&gt;&lt;span style="font-size: 11pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(0, 0, 0); background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt; do &lt;/span&gt;&lt;span style="font-size: 11pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(0, 0, 0); background-color: transparent; font-weight: 700; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;17:00&lt;/span&gt;&lt;span style="font-size: 11pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(0, 0, 0); background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;.&lt;/span&gt;&lt;/p&gt;&lt;ul style="margin-bottom: 0px;"&gt;&lt;li dir="ltr" style="list-style-type: disc; font-size: 11pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(0, 0, 0); background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre;"&gt;&lt;p dir="ltr" style="line-height:1.38;margin-top:0pt;margin-bottom:0pt;" role="presentation"&gt;&lt;span style="font-size: 11pt; background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;tel. 22 101 02 02&lt;/span&gt;&lt;/p&gt;&lt;/li&gt;&lt;li dir="ltr" style="list-style-type: disc; font-size: 11pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(0, 0, 0); background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre;"&gt;&lt;p dir="ltr" style="line-height:1.38;margin-top:0pt;margin-bottom:0pt;" role="presentation"&gt;&lt;span style="font-size: 11pt; background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;e-mail: cwk@platformazakupowa.pl&lt;/span&gt;&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br&gt;&lt;p dir="ltr" style="line-height:1.38;margin-top:0pt;margin-bottom:0pt;"&gt;&lt;span style="font-size: 11pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(0, 0, 0); background-color: transparent; font-weight: 700; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;Zaznaczamy, że oficjalnym potwierdzeniem chęci realizacji zamówienia przez Zamawiającego jest wysłanie zamówienia lub podpisanie umowy.&amp;nbsp;&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height:1.38;margin-top:0pt;margin-bottom:0pt;"&gt;&lt;span style="font-size: 11pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(0, 0, 0); background-color: transparent; font-style: italic; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;Wiadomości z platformy zakupowej mają charakter informacyjny.&lt;/span&gt;&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -613,51 +613,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/4e0d77b8c4cc0012a5232b5d8c3cb7c5.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/4aadaae4592a1acb333b33c18b8ec80a.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/4aadaae4592a1acb333b33c18b8ec80a.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/4e0d77b8c4cc0012a5232b5d8c3cb7c5.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AA23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E23" sqref="E23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="25" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>