--- v0 (2026-01-03)
+++ v1 (2026-02-28)
@@ -106,66 +106,66 @@
   <si>
     <t>szt.</t>
   </si>
   <si>
     <t>23%</t>
   </si>
   <si>
     <t>PLN</t>
   </si>
   <si>
     <t>Razem:</t>
   </si>
   <si>
     <t>Załączniki do postępowania</t>
   </si>
   <si>
     <t>Źródło</t>
   </si>
   <si>
     <t>Nazwa załącznika</t>
   </si>
   <si>
     <t>Warunki postępowania</t>
   </si>
   <si>
+    <t>Załącznik nr 1 Zestawienie hydrantów.xlsx</t>
+  </si>
+  <si>
+    <t>Załącznik nr 2.ssm</t>
+  </si>
+  <si>
+    <t>Załącznik nr 3.zip</t>
+  </si>
+  <si>
+    <t>Załącznik nr 4.zip</t>
+  </si>
+  <si>
+    <t>Załącznik nr 5 Mapa hydrantów.pdf</t>
+  </si>
+  <si>
     <t>Zapytanie ofertowe z załącznikami.pdf</t>
-  </si>
-[...13 lines deleted...]
-    <t>Załącznik nr 5 Mapa hydrantów.pdf</t>
   </si>
   <si>
     <t>Formularze - wer. edytowalna.doc</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span id="docs-internal-guid-039d93c1-7fff-c6ca-8953-6f12cee6c1da"&gt;&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height:1.38;margin-top:0pt;margin-bottom:0pt;"&gt;&lt;span style="font-size: 11pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(0, 0, 0); background-color: transparent; font-weight: 700; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;Szanowni Państwo,&lt;/span&gt;&lt;/p&gt;&lt;br&gt;&lt;p dir="ltr" style="line-height:1.38;margin-top:0pt;margin-bottom:0pt;"&gt;&lt;span style="font-size: 11pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(0, 0, 0); background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;informujemy o postępowaniu prowadzonym przez Zamawiającego w trybie zgodnym z regulaminem wewnętrznym organizacji.&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height:1.38;margin-top:0pt;margin-bottom:0pt;"&gt;&lt;span style="font-size: 11pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(0, 0, 0); background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;Zapraszamy do złożenia ofert poprzez poniższy formularz elektroniczny.&lt;/span&gt;&lt;/p&gt;&lt;br&gt;&lt;p dir="ltr" style="line-height:1.38;margin-top:0pt;margin-bottom:0pt;"&gt;&lt;span style="font-size: 11pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(0, 0, 0); background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; text-decoration-skip-ink: none; vertical-align: baseline; white-space: pre-wrap;"&gt;Zastrzegamy, że postępowanie może zakończyć się brakiem wyboru oferty w przypadku:
 - niewystarczających środków na realizację zamówienia,
 - zmianę zapotrzebowania Zamawiającego.&lt;/span&gt;&lt;/p&gt;&lt;!--[if gte mso 9]&gt;&lt;xml&gt;
  &lt;w:WordDocument&gt;
   &lt;w:View&gt;Normal&lt;/w:View&gt;
   &lt;w:Zoom&gt;0&lt;/w:Zoom&gt;
   &lt;w:TrackMoves&gt;&lt;/w:TrackMoves&gt;
   &lt;w:TrackFormatting&gt;&lt;/w:TrackFormatting&gt;
   &lt;w:HyphenationZone&gt;21&lt;/w:HyphenationZone&gt;
   &lt;w:PunctuationKerning&gt;&lt;/w:PunctuationKerning&gt;
   &lt;w:ValidateAgainstSchemas&gt;&lt;/w:ValidateAgainstSchemas&gt;
   &lt;w:SaveIfXMLInvalid&gt;false&lt;/w:SaveIfXMLInvalid&gt;
   &lt;w:IgnoreMixedContent&gt;false&lt;/w:IgnoreMixedContent&gt;
   &lt;w:AlwaysShowPlaceholderText&gt;false&lt;/w:AlwaysShowPlaceholderText&gt;
   &lt;w:DoNotPromoteQF&gt;&lt;/w:DoNotPromoteQF&gt;
   &lt;w:LidThemeOther&gt;PL&lt;/w:LidThemeOther&gt;
   &lt;w:LidThemeAsian&gt;X-NONE&lt;/w:LidThemeAsian&gt;
   &lt;w:LidThemeComplexScript&gt;X-NONE&lt;/w:LidThemeComplexScript&gt;
   &lt;w:Compatibility&gt;
    &lt;w:BreakWrappedTables&gt;&lt;/w:BreakWrappedTables&gt;
@@ -1090,51 +1090,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/b25490686f75ef09815b04c5d780979a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/851e3e14e0c27eeab90af330e7b9fc92.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/1f9b2b5d4d4e1bb00e4eeefc1c5660cd.ssm" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/d20ea37a8b8d64fbb1472076ce9065dc.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/6bf8bad5fe702af41aa44c39cc55d75e.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/af4df5acce67d66def8907511ea13b78.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/81dca2c5fd5a9aae483763846259510d.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/851e3e14e0c27eeab90af330e7b9fc92.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/1f9b2b5d4d4e1bb00e4eeefc1c5660cd.ssm" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/d20ea37a8b8d64fbb1472076ce9065dc.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/6bf8bad5fe702af41aa44c39cc55d75e.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/af4df5acce67d66def8907511ea13b78.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/b25490686f75ef09815b04c5d780979a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/81dca2c5fd5a9aae483763846259510d.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AA28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E28" sqref="E28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="25" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>