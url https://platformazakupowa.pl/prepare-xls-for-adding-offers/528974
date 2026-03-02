--- v0 (2026-01-07)
+++ v1 (2026-03-02)
@@ -626,51 +626,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/fd3e418642380b3fb43bc938f07a8ced.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/afa3181c444fd93cd64643c7b68fb003.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/72a97e58899614c6630a34a6c557bb63.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/04203e27919d1c1cbbacf061660c822c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/9bf32050d9465d533884d2534f47de75.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/4cee0738a9b504daa80ef4602cd1b967.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/fd3e418642380b3fb43bc938f07a8ced.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/afa3181c444fd93cd64643c7b68fb003.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/72a97e58899614c6630a34a6c557bb63.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/04203e27919d1c1cbbacf061660c822c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/4cee0738a9b504daa80ef4602cd1b967.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/9bf32050d9465d533884d2534f47de75.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AA29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E29" sqref="E29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="25" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
@@ -937,66 +937,66 @@
       <c r="A22" s="1">
         <v>4</v>
       </c>
       <c r="B22" s="1">
         <v>1765152</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D22" s="16" t="s">
         <v>37</v>
       </c>
       <c r="E22" s="16"/>
     </row>
     <row r="23" spans="1:27">
       <c r="A23" s="1">
         <v>5</v>
       </c>
       <c r="B23" s="1">
         <v>1060096</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D23" s="16" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="E23" s="16"/>
     </row>
     <row r="24" spans="1:27">
       <c r="A24" s="1">
         <v>6</v>
       </c>
       <c r="B24" s="1">
         <v>1060096</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D24" s="16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E24" s="16"/>
     </row>
     <row r="28" spans="1:27">
       <c r="A28" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B28" s="8"/>
       <c r="C28" s="8"/>
       <c r="D28" s="8"/>
       <c r="E28" s="18"/>
       <c r="F28" s="15"/>
     </row>
     <row r="29" spans="1:27">
       <c r="A29" s="10" t="s">
         <v>39</v>
       </c>
       <c r="B29" s="8"/>
       <c r="C29" s="8"/>
       <c r="D29" s="8"/>
       <c r="E29" s="18"/>
       <c r="F29" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="true" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>