--- v0 (2026-01-22)
+++ v1 (2026-02-17)
@@ -67,51 +67,51 @@
   <si>
     <t>W tym miejscu załącz dokumenty wymagane przez Zamawiającego opatrzone podpisem elektronicznym. Wymogi dotyczące podpisu elektronicznego zostały szczegółowo wyjaśnione pod linkiem: bit.ly/podpis_elektroniczny</t>
   </si>
   <si>
     <t>Dokumenty niejawne np. Tajemnica przedsiębiorstwa</t>
   </si>
   <si>
     <t xml:space="preserve">W tym miejscu załącz opatrzone podpisem elektronicznym dokumenty stanowiące tajemnicę przedsiębiorstwa w rozumieniu przepisów ustawy z dnia 16 kwietnia 1993 r. o zwalczaniu nieuczciwej konkurencji (Dz. U. z 2019 r. poz. 1010 i 1649). Zgodnie z art. 18 ust. 3 ustawy z dnia 11 września 2019r. Prawo Zamówień Publicznych tajemnicą przedsiębiorstwa nie mogą być informacje, o których mowa w art. 222 ust.5 ustawy Pzp. </t>
   </si>
   <si>
     <t>Załączniki do postępowania</t>
   </si>
   <si>
     <t>Źródło</t>
   </si>
   <si>
     <t>Nazwa załącznika</t>
   </si>
   <si>
     <t>W tym postępowaniu nie dodano żadnych załączników</t>
   </si>
   <si>
     <t>Warunki postępowania</t>
   </si>
   <si>
-    <t>&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;a&gt;&lt;span&gt;&lt;span&gt;Zamawiający informuję, iż złożył wniosek o uzyskanie dofinansowania z Krajowego Planu Odbudowy D1.1.1. „Rozwój i modernizacja infrastruktury centrów opieki wysokospecjalistycznej i innych podmiotów leczniczych w obszarze kardiologii ośrodków zakwalifikowanych do OK I”. Na dzień ogłoszenia niniejszego postępowania umowa z instytucją finansującą nie została jeszcze podpisana.&lt;/span&gt;&lt;/span&gt;&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Szanowni Państwo,&lt;/span&gt;&lt;span&gt;  &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;w załącznikach do postępowania zamieszczono ogłoszenie, SWZ oraz pozostałą dokumentację związaną z przedmiotem zamówienia. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://drive.google.com/file/d/1Kd1DttbBeiNWt4q4slS4t76lZVKPbkyD/view"&gt;Pod linkiem&lt;/a&gt;&lt;span&gt; dostępna jest &lt;/span&gt;&lt;span&gt;Instrukcja składania ofert/wniosków dla Wykonawców.&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;W związku z obowiązującą od 18.10.2018 Dyrektywami Parlamentu Europejskiego i Rady z dnia 26 lutego 2014 r. w sprawie zamówień publicznych informujemy, że w niniejszym ogłoszeniu o zamówieniu przekazywanie ofert/wniosków oraz komunikacja odbywa się zgodnie z zapisami załączonej dokumentacji.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Zamawiający rekomenduje prowadzenie komunikacji za pomocą platformazakupowa.pl.&lt;/p&gt;&lt;p&gt;&lt;span&gt;W związku z powyższym przycisk “&lt;strong&gt;Wyślij wiadomość &lt;/strong&gt;&lt;/span&gt;&lt;span&gt;&lt;strong&gt;do zamawiającego&lt;/strong&gt;&lt;/span&gt;&lt;span&gt;” służy do: &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;&lt;span&gt;Zadawania pytań do SWZ&lt;/span&gt;&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;&lt;span&gt;Odpowiedzi na wezwanie do uzupełnienia oferty&lt;/span&gt;&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;&lt;span&gt;Przesłania odwołania/inne &lt;/span&gt;&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;Jeżeli będą Państwo mieli pytania związane z procesem złożenia oferty/wniosku prosimy o kontakt z Centrum Wsparcia Klienta platformazakupowa.pl:&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;&lt;span&gt;tel. 22 101 02 02&lt;/span&gt;&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;&lt;span&gt;e-mail: &lt;/span&gt;&lt;span&gt;cwk@platformazakupowa.pl &lt;/span&gt;&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Przypominamy, że oferta/wniosek składany elektronicznie &lt;/span&gt;&lt;span&gt;musi zostać podpisana elektronicznym kwalifikowanym podpisem&lt;/span&gt;&lt;span&gt;.&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+    <t>&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;a&gt;&lt;span&gt;&lt;span&gt;Zamawiający informuję, iż uzyskał dofinansowania z Krajowego Planu Odbudowy D1.1.1. „Rozwój i modernizacja infrastruktury centrów opieki wysokospecjalistycznej i innych podmiotów leczniczych w obszarze kardiologii ośrodków zakwalifikowanych do OK I”. &lt;/span&gt;&lt;/span&gt;&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Szanowni Państwo,&lt;/span&gt;&lt;span&gt;  &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;w załącznikach do postępowania zamieszczono ogłoszenie, SWZ oraz pozostałą dokumentację związaną z przedmiotem zamówienia. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://drive.google.com/file/d/1Kd1DttbBeiNWt4q4slS4t76lZVKPbkyD/view"&gt;Pod linkiem&lt;/a&gt;&lt;span&gt; dostępna jest &lt;/span&gt;&lt;span&gt;Instrukcja składania ofert/wniosków dla Wykonawców.&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;W związku z obowiązującą od 18.10.2018 Dyrektywami Parlamentu Europejskiego i Rady z dnia 26 lutego 2014 r. w sprawie zamówień publicznych informujemy, że w niniejszym ogłoszeniu o zamówieniu przekazywanie ofert/wniosków oraz komunikacja odbywa się zgodnie z zapisami załączonej dokumentacji.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Zamawiający rekomenduje prowadzenie komunikacji za pomocą platformazakupowa.pl.&lt;/p&gt;&lt;p&gt;&lt;span&gt;W związku z powyższym przycisk “&lt;strong&gt;Wyślij wiadomość &lt;/strong&gt;&lt;/span&gt;&lt;span&gt;&lt;strong&gt;do zamawiającego&lt;/strong&gt;&lt;/span&gt;&lt;span&gt;” służy do: &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;&lt;span&gt;Zadawania pytań do SWZ&lt;/span&gt;&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;&lt;span&gt;Odpowiedzi na wezwanie do uzupełnienia oferty&lt;/span&gt;&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;&lt;span&gt;Przesłania odwołania/inne &lt;/span&gt;&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;Jeżeli będą Państwo mieli pytania związane z procesem złożenia oferty/wniosku prosimy o kontakt z Centrum Wsparcia Klienta platformazakupowa.pl:&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;&lt;span&gt;tel. 22 101 02 02&lt;/span&gt;&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;&lt;span&gt;e-mail: &lt;/span&gt;&lt;span&gt;cwk@platformazakupowa.pl &lt;/span&gt;&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Przypominamy, że oferta/wniosek składany elektronicznie &lt;/span&gt;&lt;span&gt;musi zostać podpisana elektronicznym kwalifikowanym podpisem&lt;/span&gt;&lt;span&gt;.&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFFFF"/>
       <name val="Calibri"/>