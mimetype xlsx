--- v0 (2026-02-03)
+++ v1 (2026-03-20)
@@ -145,78 +145,78 @@
   <si>
     <t>23%</t>
   </si>
   <si>
     <t>PLN</t>
   </si>
   <si>
     <t>Razem:</t>
   </si>
   <si>
     <t>Załączniki do postępowania</t>
   </si>
   <si>
     <t>Źródło</t>
   </si>
   <si>
     <t>Nazwa załącznika</t>
   </si>
   <si>
     <t>Warunki postępowania</t>
   </si>
   <si>
     <t>2 Projekt zagospodarowania terenu + Projekt architektoniczno-budowlany.pdf</t>
   </si>
   <si>
+    <t>0 Ogłoszenie.pdf</t>
+  </si>
+  <si>
+    <t>1 Specyfikacja Przetargowa.pdf</t>
+  </si>
+  <si>
     <t>3 Projekt techniczny.pdf</t>
   </si>
   <si>
     <t>4 Decyzja PWKZ.pdf</t>
   </si>
   <si>
     <t>5  Odpis protokołu z narady koordynacyjnej.pdf</t>
   </si>
   <si>
     <t>6 Przedmiar.pdf</t>
   </si>
   <si>
     <t>7 Druk - oferta.pdf</t>
   </si>
   <si>
     <t>8 Druk - oświadczenie.pdf</t>
   </si>
   <si>
     <t>9 Druk - oświadczenie RODO.pdf</t>
   </si>
   <si>
     <t>10  Projekt umowy.pdf</t>
-  </si>
-[...4 lines deleted...]
-    <t>1 Specyfikacja Przetargowa.pdf</t>
   </si>
   <si>
     <t>offer_value</t>
   </si>
   <si>
     <t>11 Klauzula RODO.pdf</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Miejskie Przedsiębiorstwo Wodociągów i Kanalizacji sp. z o.o. w Lęborku zaprasza do udziału w postępowaniu przep&lt;/span&gt;&lt;span&gt;rowadzanego na podstawie: „Regulaminu udzielania zamówień przez Miejskie Przedsiębiorstwo Wodociągów i Kanalizacji sp. z o.o. w Lęborku, do których nie ma zastosowania ustawa z dnia 11.09.2019 r. Prawo zamówień publicznych”.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Regulamin zamieszczony jest na stronie internetowej: &lt;a href="https://bip.wodociagi.lebork.pl/mpwik-lebork-1/przetargi"&gt;https://bip.wodociagi.lebork.pl/mpwik-lebork-1/przetargi&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;PRZEDMIOT ZAMÓWIENIA.&lt;/p&gt;&lt;p&gt;Przedmiotem zamówienia jest wykonanie zadania pn.:   &lt;strong&gt;&lt;span&gt;„Roboty budowlane – Budowa sieci kanalizacji
 sanitarnej w rejonie ul. Polnej &lt;span&gt;w &lt;/span&gt;&lt;span&gt; &lt;/span&gt;Lęborku - etap II”;&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;TERMIN SKŁADANIA ORAZ OTWARCIA OFERT. &lt;/p&gt;&lt;p&gt;Termin składania ofert upływa dnia 28-11-2025 r. o godz. 12.00. &lt;/p&gt;&lt;p&gt;Otwarcie ofert nastąpi 28-11-2025 r. o godz.12.15 w siedzibie Zamawiającego, pok.109.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ofertę należy złożyć w siedzibie Zamawiającego, w sekretariacie pok. 103 lub za pośrednictwem Internetowej Platformy Zakupowej.&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;OSOBY UPRAWNIONE DO POROZUMIEWANIA SIĘ Z WYKONAWCAMI. &lt;/p&gt;&lt;p&gt;W sprawach merytorycznych: Łukasz Iwosa, tel. (59)726 87 60, &lt;/p&gt;&lt;p&gt;w sprawach proceduralnych: Adam Stenka, tel. (59) 863 47 80.  &lt;/p&gt;&lt;p&gt;Zamawiający może unieważnić postępowanie w każdym czasie, bez wskazywania przyczyny. &lt;/p&gt;&lt;p&gt;W załącznikach do postępowania zamieszczono Specyfikację  oraz pozostałą dokumentację związaną z zamówieniem.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -675,51 +675,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/f0575580a8b2b33963bc39c773e97d96.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/f2f7e43d57869f161138ef4b829f3e2e.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/b88140b622400d1135dea1c3fb49c128.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/c4669e88b4c20a529f9c019b69a4169d.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/f1aeedff085074b9c3a423d6549fa200.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/f233f5503dbc1fdc3bca027b2e453c8e.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/c6e3a05d3fb6ea5b10b07ad752db45cd.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/f9f8cab0da000e4474a526db3ee82c3e.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/2b9dca387c9c08d6fc811798e42289cf.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/d5b96dd2622754a2234814b30aadd3ce.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/7ba34fff9a3f71d8950c253b6ef23f57.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/7be0387ac190f98127f313c1092cefb8.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/5160a86eb8ddf86c2e4f9ccabfd0b6f0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/66c2da04c2a797bf93460db31a5e9b82.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/0629e8ce8261ef44a5a9a49fb14adb01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/4e5966bdd02e3c1f7ad974a3e19b8e47.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/cfd1b2e9c43043055aba5ae0773b7db1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/f0575580a8b2b33963bc39c773e97d96.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/d5b96dd2622754a2234814b30aadd3ce.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/7ba34fff9a3f71d8950c253b6ef23f57.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/f2f7e43d57869f161138ef4b829f3e2e.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/b88140b622400d1135dea1c3fb49c128.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/c4669e88b4c20a529f9c019b69a4169d.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/f1aeedff085074b9c3a423d6549fa200.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/f233f5503dbc1fdc3bca027b2e453c8e.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/c6e3a05d3fb6ea5b10b07ad752db45cd.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/f9f8cab0da000e4474a526db3ee82c3e.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/2b9dca387c9c08d6fc811798e42289cf.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/7be0387ac190f98127f313c1092cefb8.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/5160a86eb8ddf86c2e4f9ccabfd0b6f0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/66c2da04c2a797bf93460db31a5e9b82.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/0629e8ce8261ef44a5a9a49fb14adb01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/4e5966bdd02e3c1f7ad974a3e19b8e47.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/cfd1b2e9c43043055aba5ae0773b7db1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AA46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E46" sqref="E46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="25" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
@@ -1179,126 +1179,126 @@
       <c r="A35" s="1">
         <v>11</v>
       </c>
       <c r="B35" s="1">
         <v>1219919</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D35" s="16" t="s">
         <v>53</v>
       </c>
       <c r="E35" s="16"/>
     </row>
     <row r="36" spans="1:27">
       <c r="A36" s="1">
         <v>12</v>
       </c>
       <c r="B36" s="1">
         <v>4003374</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D36" s="16" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E36" s="16"/>
     </row>
     <row r="37" spans="1:27">
       <c r="A37" s="1">
         <v>13</v>
       </c>
       <c r="B37" s="1">
         <v>4003376</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>54</v>
       </c>
       <c r="D37" s="16" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E37" s="16"/>
     </row>
     <row r="38" spans="1:27">
       <c r="A38" s="1">
         <v>14</v>
       </c>
       <c r="B38" s="1">
         <v>4003379</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D38" s="16" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E38" s="16"/>
     </row>
     <row r="39" spans="1:27">
       <c r="A39" s="1">
         <v>15</v>
       </c>
       <c r="B39" s="1">
         <v>4003380</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D39" s="16" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="E39" s="16"/>
     </row>
     <row r="40" spans="1:27">
       <c r="A40" s="1">
         <v>16</v>
       </c>
       <c r="B40" s="1">
         <v>4003382</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D40" s="16" t="s">
         <v>55</v>
       </c>
       <c r="E40" s="16"/>
     </row>
     <row r="41" spans="1:27">
       <c r="A41" s="1">
         <v>17</v>
       </c>
       <c r="B41" s="1">
         <v>4003384</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D41" s="16" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E41" s="16"/>
     </row>
     <row r="45" spans="1:27">
       <c r="A45" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B45" s="8"/>
       <c r="C45" s="8"/>
       <c r="D45" s="8"/>
       <c r="E45" s="18"/>
       <c r="F45" s="15"/>
     </row>
     <row r="46" spans="1:27">
       <c r="A46" s="10" t="s">
         <v>56</v>
       </c>
       <c r="B46" s="8"/>
       <c r="C46" s="8"/>
       <c r="D46" s="8"/>
       <c r="E46" s="18"/>
       <c r="F46" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="true" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>