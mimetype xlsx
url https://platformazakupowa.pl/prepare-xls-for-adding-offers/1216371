--- v0 (2025-12-13)
+++ v1 (2026-03-10)
@@ -22,51 +22,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Pozycje" sheetId="1" r:id="rId4"/>
     <sheet name="Worksheet" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Oferta na:</t>
   </si>
   <si>
     <t>pl</t>
   </si>
   <si>
-    <t xml:space="preserve"> Odbiór i zagospodarowanie odpadów komunalnych od właścicieli nieruchomości zamieszkałych na terenie Miasta Terespol w roku 2026</t>
+    <t>Odbiór i zagospodarowanie odpadów komunalnych od właścicieli nieruchomości zamieszkałych na terenie Miasta Terespol w roku 2026</t>
   </si>
   <si>
     <t>Komentarz do całej oferty:</t>
   </si>
   <si>
     <t>LP</t>
   </si>
   <si>
     <t>Kryterium</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Twoja propozycja/komentarz</t>
   </si>
   <si>
     <t>Dokumenty jawne np. Oferta/wniosek wykonawcy</t>
   </si>
   <si>
     <t>W tym miejscu załącz dokumenty wymagane przez Zamawiającego opatrzone podpisem elektronicznym. Wymogi dotyczące podpisu elektronicznego zostały szczegółowo wyjaśnione pod linkiem: bit.ly/podpis_elektroniczny</t>
   </si>
   <si>
     <t>Dokumenty niejawne np. Tajemnica przedsiębiorstwa</t>
   </si>