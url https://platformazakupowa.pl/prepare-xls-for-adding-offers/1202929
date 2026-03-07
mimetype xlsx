--- v0 (2025-12-30)
+++ v1 (2026-03-07)
@@ -1,44 +1,279 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+</file>
+
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+  <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
+  <workbookPr codeName="ThisWorkbook"/>
+  <sheets>
+    <sheet name="Pozycje" sheetId="1" r:id="rId4"/>
+    <sheet name="Worksheet" sheetId="2" r:id="rId5"/>
+  </sheets>
+  <definedNames/>
+  <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
+</workbook>
+</file>
+
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
+  <si>
+    <t>ID</t>
+  </si>
+  <si>
+    <t>Oferta na:</t>
+  </si>
+  <si>
+    <t>pl</t>
+  </si>
+  <si>
+    <t>„PRZEBUDOWA DRÓG GMINNYCH W RAMACH USUWANIA SKUTKÓW ZDARZEŃ NOSZĄCYCH ZNAMIONA KLĘSKI ŻYWIOŁOWEJ NA TERENIE GMINY RYTWIANY”</t>
+  </si>
+  <si>
+    <t>Komentarz do całej oferty:</t>
+  </si>
+  <si>
+    <t>LP</t>
+  </si>
+  <si>
+    <t>Kryterium</t>
+  </si>
+  <si>
+    <t>Opis</t>
+  </si>
+  <si>
+    <t>Twoja propozycja/komentarz</t>
+  </si>
+  <si>
+    <t>Dokumenty jawne np. Oferta/wniosek wykonawcy</t>
+  </si>
+  <si>
+    <t>W tym miejscu załącz dokumenty wymagane przez Zamawiającego opatrzone podpisem elektronicznym. Wymogi dotyczące podpisu elektronicznego zostały szczegółowo wyjaśnione pod linkiem: bit.ly/podpis_elektroniczny</t>
+  </si>
+  <si>
+    <t>Dokumenty niejawne np. Tajemnica przedsiębiorstwa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">W tym miejscu załącz opatrzone podpisem elektronicznym dokumenty stanowiące tajemnicę przedsiębiorstwa w rozumieniu przepisów ustawy z dnia 16 kwietnia 1993 r. o zwalczaniu nieuczciwej konkurencji (Dz. U. z 2019 r. poz. 1010 i 1649). Zgodnie z art. 18 ust. 3 ustawy z dnia 11 września 2019r. Prawo Zamówień Publicznych tajemnicą przedsiębiorstwa nie mogą być informacje, o których mowa w art. 222 ust.5 ustawy Pzp. </t>
+  </si>
+  <si>
+    <t>Załączniki do postępowania</t>
+  </si>
+  <si>
+    <t>Źródło</t>
+  </si>
+  <si>
+    <t>Nazwa załącznika</t>
+  </si>
+  <si>
+    <t>W tym postępowaniu nie dodano żadnych załączników</t>
+  </si>
+  <si>
+    <t>Warunki postępowania</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;&lt;span id="docs-internal-guid-7fd72338-7fff-bd40-e352-2cdc23fa5d8c"&gt;&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height:1.9871999999999999;background-color:#ffffff;margin-top:0pt;margin-bottom:0pt;"&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#333333;background-color:transparent;font-weight:700;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;Szanowni Państwo,&lt;/span&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#333333;background-color:transparent;font-weight:400;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;&amp;nbsp;&amp;nbsp;&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height:1.9871999999999999;background-color:#ffffff;margin-top:0pt;margin-bottom:0pt;"&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#333333;background-color:transparent;font-weight:400;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;w załącznikach do postępowania zamieszczono dokumentację związaną z postępowaniem.&amp;nbsp;&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height:1.9871999999999999;background-color:#ffffff;margin-top:0pt;margin-bottom:0pt;"&gt;&lt;a href="https://drive.google.com/file/d/1Kd1DttbBeiNWt4q4slS4t76lZVKPbkyD/view" style="text-decoration:none;"&gt;&lt;span style="font-size:10.5pt;font-family:Arial;color:#337ab7;background-color:transparent;font-weight:400;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;Pod linkiem&lt;/span&gt;&lt;/a&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#333333;background-color:transparent;font-weight:400;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt; dostępna jest &lt;/span&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#333333;background-color:transparent;font-weight:700;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;Instrukcja składania ofert/wniosków dla Wykonawców.&lt;/span&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#333333;background-color:transparent;font-weight:400;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;&amp;nbsp;&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height:1.9871999999999999;background-color:#ffffff;margin-top:0pt;margin-bottom:0pt;"&gt;&amp;nbsp;&lt;/p&gt;&lt;p dir="ltr" style="line-height:1.9871999999999999;background-color:#ffffff;margin-top:0pt;margin-bottom:0pt;"&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#333333;background-color:transparent;font-weight:400;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;Pliki dołączane w formularzu należy opatrzyć:&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height:1.9871999999999999;background-color:#ffffff;margin-top:0pt;margin-bottom:0pt;"&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#333333;background-color:transparent;font-weight:700;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;- kwalifikowanym&lt;/span&gt;&lt;a href="https://www.nccert.pl/" style="text-decoration:none;"&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#333333;background-color:transparent;font-weight:700;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt; &lt;/span&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#1155cc;background-color:transparent;font-weight:700;font-style:normal;font-variant:normal;text-decoration:underline;-webkit-text-decoration-skip:none;text-decoration-skip-ink:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;podpisem elektronicznym&lt;/span&gt;&lt;/a&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#333333;background-color:transparent;font-weight:700;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;,&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height:1.9871999999999999;background-color:#ffffff;margin-top:0pt;margin-bottom:0pt;"&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#333333;background-color:transparent;font-weight:700;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;- podpisem&lt;/span&gt;&lt;a href="https://moj.gov.pl/nforms/signer/upload?xFormsAppName=SIGNER" style="text-decoration:none;"&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#333333;background-color:transparent;font-weight:700;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt; &lt;/span&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#1155cc;background-color:transparent;font-weight:700;font-style:normal;font-variant:normal;text-decoration:underline;-webkit-text-decoration-skip:none;text-decoration-skip-ink:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;zaufanym&lt;/span&gt;&lt;/a&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#333333;background-color:transparent;font-weight:700;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;,&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height:1.9871999999999999;background-color:#ffffff;margin-top:0pt;margin-bottom:0pt;"&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#333333;background-color:transparent;font-weight:700;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;- lub elektronicznym podpisem&lt;/span&gt;&lt;a href="https://www.gov.pl/web/mswia/oprogramowanie-do-pobrania" style="text-decoration:none;"&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#333333;background-color:transparent;font-weight:700;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt; &lt;/span&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#1155cc;background-color:transparent;font-weight:700;font-style:normal;font-variant:normal;text-decoration:underline;-webkit-text-decoration-skip:none;text-decoration-skip-ink:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;osobistym&lt;/span&gt;&lt;/a&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#333333;background-color:transparent;font-weight:700;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;.&amp;nbsp;&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height:1.9871999999999999;background-color:#ffffff;margin-top:0pt;margin-bottom:0pt;padding:0pt 0pt 8pt 0pt;"&gt;&amp;nbsp;&lt;/p&gt;&lt;p dir="ltr" style="line-height:1.9871999999999999;background-color:#ffffff;margin-top:0pt;margin-bottom:8pt;"&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#333333;background-color:transparent;font-weight:400;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;W związku z powyższym &lt;/span&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#000000;background-color:transparent;font-weight:400;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;Formularz znajdujący się na niniejszej stronie służy złożeniu oferty wraz z załącznikami, natomiast &lt;/span&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#333333;background-color:transparent;font-weight:400;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;przycisk “&lt;/span&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#333333;background-color:transparent;font-weight:700;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;Wyślij wiadomość do zamawiającego&lt;/span&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#333333;background-color:transparent;font-weight:400;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;” służy do:&amp;nbsp;&lt;/span&gt;&lt;/p&gt;&lt;ul style="margin-top:0;margin-bottom:0;padding-inline-start:48px;"&gt;&lt;li dir="ltr" style="list-style-type:disc;font-size:11pt;font-family:Arial;color:#000000;background-color:transparent;font-weight:400;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;" aria-level="1"&gt;&lt;p dir="ltr" style="line-height:1.38;background-color:#ffffff;margin-top:0pt;margin-bottom:0pt;" role="presentation"&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#333333;background-color:transparent;font-weight:400;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;Zadawania pytań Zamawiającemu,&lt;/span&gt;&lt;/p&gt;&lt;/li&gt;&lt;li dir="ltr" style="list-style-type:disc;font-size:11pt;font-family:Arial;color:#000000;background-color:transparent;font-weight:400;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;" aria-level="1"&gt;&lt;p dir="ltr" style="line-height:1.38;background-color:#ffffff;margin-top:0pt;margin-bottom:0pt;" role="presentation"&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#333333;background-color:transparent;font-weight:400;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;Odpowiedzi na wezwanie do uzupełnienia oferty lub złożenia wyjaśnień,&lt;/span&gt;&lt;/p&gt;&lt;/li&gt;&lt;li dir="ltr" style="list-style-type:disc;font-size:11pt;font-family:Arial;color:#000000;background-color:transparent;font-weight:400;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;" aria-level="1"&gt;&lt;p dir="ltr" style="line-height:1.38;background-color:#ffffff;margin-top:0pt;margin-bottom:0pt;" role="presentation"&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#333333;background-color:transparent;font-weight:400;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;Przesłania odwołania/inne.&amp;nbsp;&lt;/span&gt;&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p dir="ltr" style="line-height:1.9871999999999999;background-color:#ffffff;margin-top:0pt;margin-bottom:0pt;"&gt;&amp;nbsp;&lt;/p&gt;&lt;p dir="ltr" style="line-height:1.9871999999999999;background-color:#ffffff;margin-top:0pt;margin-bottom:0pt;padding:0pt 0pt 8pt 0pt;"&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#333333;background-color:transparent;font-weight:400;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;Zgodnie z art. 61. ust. 1. oraz art. 63 ust. 2 ustawy Prawo Zamówień Publicznych z dnia 11 września 2019 r. komunikacja w niniejszym postępowaniu odbywa się &lt;/span&gt;&lt;span style="font-size:11pt;font-family:Arial;color:#333333;background-color:transparent;font-weight:700;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;wyłącznie przy użyciu środków komunikacji elektronicznej.&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height:1.9871999999999999;background-color:#ffffff;margin-top:0pt;margin-bottom:0pt;padding:0pt 0pt 8pt 0pt;"&gt;&amp;nbsp;&lt;/p&gt;&lt;p dir="ltr" style="line-height:1.9871999999999999;background-color:#ffffff;margin-top:0pt;margin-bottom:8pt;"&gt;&lt;span style="font-size:10pt;font-family:Arial;color:#333333;background-color:transparent;font-weight:400;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;Jeżeli będą Państwo mieli pytania techniczne związane z procesem złożenia oferty na platformie zakupowej, prosimy o kontakt z Centrum Wsparcia Klienta platformazakupowa.pl:&lt;/span&gt;&lt;/p&gt;&lt;ul style="margin-top:0;margin-bottom:0;padding-inline-start:48px;"&gt;&lt;li dir="ltr" style="list-style-type:disc;font-size:10pt;font-family:Arial;color:#000000;background-color:transparent;font-weight:400;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;" aria-level="1"&gt;&lt;p dir="ltr" style="line-height:1.38;background-color:#ffffff;margin-top:0pt;margin-bottom:0pt;" role="presentation"&gt;&lt;span style="font-size:10pt;font-family:Arial;color:#333333;background-color:transparent;font-weight:400;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;tel. 22 101 02 02&lt;/span&gt;&lt;/p&gt;&lt;/li&gt;&lt;li dir="ltr" style="list-style-type:disc;font-size:10pt;font-family:Arial;color:#000000;background-color:transparent;font-weight:400;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;" aria-level="1"&gt;&lt;p dir="ltr" style="line-height:1.38;background-color:#ffffff;margin-top:0pt;margin-bottom:0pt;" role="presentation"&gt;&lt;span style="font-size:10pt;font-family:Arial;color:#333333;background-color:transparent;font-weight:400;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;e-mail: &lt;/span&gt;&lt;span style="font-size:10pt;font-family:Arial;color:#000000;background-color:transparent;font-weight:400;font-style:normal;font-variant:normal;text-decoration:none;vertical-align:baseline;white-space:pre;white-space:pre-wrap;"&gt;cwk@platformazakupowa.pl&amp;nbsp;&lt;/span&gt;&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p dir="ltr" style="line-height:1.656;margin-top:0pt;margin-bottom:0pt;"&gt;&lt;span id="docs-internal-guid-7d8234ab-7fff-087a-e0f6-6d1c6a7682fa"&gt;&lt;br&gt;&lt;/span&gt;&lt;/p&gt;</t>
+  </si>
+</sst>
+</file>
+
+<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+  <numFmts count="0"/>
+  <fonts count="2">
+    <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="11"/>
+      <color rgb="FFFFFF"/>
+      <name val="Calibri"/>
+    </font>
+  </fonts>
+  <fills count="4">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125">
+        <fgColor rgb="FFFFFFFF"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFCC00"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="EFEFEF"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+  </fills>
+  <borders count="7">
+    <border/>
+    <border>
+      <top style="medium">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF000000"/>
+      </left>
+      <top style="medium">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="medium">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="medium">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
+    </border>
+    <border>
+      <top style="medium">
+        <color rgb="FF000000"/>
+      </top>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF000000"/>
+      </left>
+    </border>
+    <border>
+      <right style="medium">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="medium">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
+    </border>
+  </borders>
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+  </cellStyleXfs>
+  <cellXfs count="14">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="3" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="3" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="3" borderId="3" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="4" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="3" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <protection locked="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <protection locked="true"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="5" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="6" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+  </cellXfs>
+  <cellStyles count="1">
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+  </cellStyles>
+  <dxfs count="0"/>
+  <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
+</styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -286,52 +521,256 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+</file>
+
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+</file>
+
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+  </sheetPr>
+  <dimension ref="A1:AA16"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
+      <selection activeCell="E16" sqref="E16"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
+  <cols>
+    <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="40" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25" customWidth="true" style="0"/>
+    <col min="5" max="5" width="30" customWidth="true" style="0"/>
+    <col min="7" max="7" width="15" customWidth="true" style="0"/>
+    <col min="8" max="8" width="10" customWidth="true" style="0"/>
+    <col min="9" max="9" width="40" customWidth="true" style="0"/>
+    <col min="10" max="10" width="40" customWidth="true" style="0"/>
+    <col min="26" max="26" width="9.10" hidden="true" style="0"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:27">
+      <c r="A1" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="Z1" s="11" t="s">
+        <v>2</v>
+      </c>
+      <c r="AA1" s="6" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="2" spans="1:27">
+      <c r="A2" s="5">
+        <v>1202929</v>
+      </c>
+      <c r="C2" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="G2" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="H2" s="1"/>
+      <c r="I2" s="10"/>
+    </row>
+    <row r="5" spans="1:27">
+      <c r="A5" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="D5" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="6" spans="1:27">
+      <c r="A6" s="5">
+        <v>1</v>
+      </c>
+      <c r="B6" s="5">
+        <v>3941929</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" s="10"/>
+    </row>
+    <row r="7" spans="1:27">
+      <c r="A7" s="5">
+        <v>2</v>
+      </c>
+      <c r="B7" s="5">
+        <v>3941930</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" s="10"/>
+    </row>
+    <row r="10" spans="1:27">
+      <c r="A10" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="7"/>
+      <c r="C10" s="7"/>
+      <c r="D10" s="7"/>
+      <c r="E10" s="8"/>
+      <c r="F10" s="12"/>
+    </row>
+    <row r="11" spans="1:27">
+      <c r="A11" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>0</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="8"/>
+      <c r="F11" s="12"/>
+    </row>
+    <row r="12" spans="1:27">
+      <c r="A12" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="15" spans="1:27">
+      <c r="A15" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" s="7"/>
+      <c r="C15" s="7"/>
+      <c r="D15" s="7"/>
+      <c r="E15" s="13"/>
+      <c r="F15" s="12"/>
+    </row>
+    <row r="16" spans="1:27">
+      <c r="A16" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="7"/>
+      <c r="C16" s="7"/>
+      <c r="D16" s="7"/>
+      <c r="E16" s="13"/>
+      <c r="F16" s="12"/>
+    </row>
+  </sheetData>
+  <sheetProtection sheet="true" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
+  <mergeCells>
+    <mergeCell ref="A10:E10"/>
+    <mergeCell ref="D11:E11"/>
+    <mergeCell ref="A12:E12"/>
+    <mergeCell ref="A15:E15"/>
+    <mergeCell ref="A16:E16"/>
+  </mergeCells>
+  <printOptions gridLines="false" gridLinesSet="true"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
+  <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
+    <oddHeader/>
+    <oddFooter/>
+    <evenHeader/>
+    <evenFooter/>
+    <firstHeader/>
+    <firstFooter/>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+  </sheetPr>
+  <dimension ref="A1:A1"/>
+  <sheetViews>
+    <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
+  <sheetData/>
+  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
+  <printOptions gridLines="false" gridLinesSet="true"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
+  <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
+    <oddHeader/>
+    <oddFooter/>
+    <evenHeader/>
+    <evenFooter/>
+    <firstHeader/>
+    <firstFooter/>
+  </headerFooter>
+</worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Pozycje</vt:lpstr>
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>