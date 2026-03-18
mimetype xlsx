--- v0 (2026-01-26)
+++ v1 (2026-03-18)
@@ -103,54 +103,54 @@
   <si>
     <t>szt.</t>
   </si>
   <si>
     <t>23%</t>
   </si>
   <si>
     <t>PLN</t>
   </si>
   <si>
     <t>Razem:</t>
   </si>
   <si>
     <t>Załączniki do postępowania</t>
   </si>
   <si>
     <t>Źródło</t>
   </si>
   <si>
     <t>Nazwa załącznika</t>
   </si>
   <si>
     <t>Warunki postępowania</t>
   </si>
   <si>
+    <t>Załącznik nr 2 - Tramwaj wodny.pdf</t>
+  </si>
+  <si>
     <t>Załącznik nr 1 - Tramwaj wodny.pdf</t>
-  </si>
-[...1 lines deleted...]
-    <t>Załącznik nr 2 - Tramwaj wodny.pdf</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;span id="docs-internal-guid-7d3da06c-7fff-2318-67d1-dc84e6284361"&gt;&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 12pt; margin-bottom: 0pt; padding: 0pt 0pt 12pt;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(51, 51, 51); background-color: transparent; font-weight: 700; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;Szanowni Państwo,&amp;nbsp;&amp;nbsp;&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 0pt; margin-bottom: 0pt; padding: 0pt 0pt 12pt;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(51, 51, 51); background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;informujemy, że poniższe postępowanie ma charakter szacowania wartości zamówienia.&lt;/span&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(51, 51, 51); background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;&amp;nbsp;&amp;nbsp;&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 0pt; margin-bottom: 0pt; padding: 0pt 0pt 12pt;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(51, 51, 51); background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;Informujemy, iż niniejsze postępowanie nie stanowi zaproszenia do składania ofert w rozumieniu art. 66 Kodeksu cywilnego,&lt;strong&gt; nie zobowiązuje Zamawiającego do zawarcia umowy, czy też udzielenia zamówienia&lt;/strong&gt; i nie stanowi części procedury udzielania zamówienia publicznego realizowanego na podstawie ustawy Prawo zamówień publicznych.&amp;nbsp;&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 0pt; margin-bottom: 12pt;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(51, 51, 51); background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;Jednocześnie Zamawiający zastrzega, że odpowiedź na niniejsze postępowanie o charakterze szacowania ceny może skutkować:&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="color: rgb(51, 51, 51); font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; background-color: transparent; white-space-collapse: preserve;"&gt;&lt;/span&gt;&lt;span style="background-color: transparent; color: rgb(51, 51, 51); font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; white-space-collapse: preserve;"&gt;&lt;/span&gt;&lt;span style="background-color: transparent; color: rgb(51, 51, 51); font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; white-space-collapse: preserve;"&gt;&lt;/span&gt;&lt;span style="color: rgb(51, 51, 51); font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; background-color: transparent; white-space-collapse: preserve;"&gt;&lt;/span&gt;&lt;span style="background-color: transparent; color: rgb(51, 51, 51); font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; white-space-collapse: preserve;"&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul style="margin-bottom: 0px;"&gt;&lt;li dir="ltr" style="list-style-type: disc; font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(51, 51, 51); background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre;"&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 12pt; margin-bottom: 0pt;" role="presentation"&gt;&lt;span style="font-size: 10.5pt; background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;&lt;strong&gt;zaproszeniem &lt;/strong&gt;do złożenia oferty lub/i&amp;nbsp;&lt;/span&gt;&lt;/p&gt;&lt;/li&gt;&lt;li dir="ltr" style="list-style-type: disc; font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(51, 51, 51); background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre;"&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 0pt; margin-bottom: 0pt;" role="presentation"&gt;&lt;span style="font-size: 10.5pt; background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;&lt;strong&gt;zaproszeniem &lt;/strong&gt;do negocjacji warunków umownych lub&amp;nbsp;&lt;/span&gt;&lt;/p&gt;&lt;/li&gt;&lt;li dir="ltr" style="list-style-type: disc; font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(51, 51, 51); background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre;"&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 0pt; margin-bottom: 12pt;" role="presentation"&gt;&lt;span style="font-size: 10.5pt; background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;&lt;strong&gt;zawarciem &lt;/strong&gt;&lt;strong&gt;umowy&lt;/strong&gt;, której przedmiot został określony w niniejszym postępowaniu.&amp;nbsp;&lt;/span&gt;&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 12pt; margin-bottom: 12pt;"&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;&lt;strong&gt;Przedmiot zamówienia:&lt;/strong&gt;&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 12pt; margin-bottom: 12pt;"&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;1.	Przedmiotem zamówienia jest organizacja i świadczenie usługi rejsów turystycznych, transportu wodnego - statkiem na rzece Warcie w Poznaniu jako „Tramwaj Wodny” w okresie 01.06.2025 r. do 31.08.2025 r. &lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 12pt; margin-bottom: 12pt;"&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;2.„Tramwaj Wodny” będzie odbywał rejsy turystyczne na dwóch trasach: &lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 12pt; margin-bottom: 12pt;"&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;2.1.	W kierunku północnym: od przystanku zlokalizowanego na wysokości Katedry – ul. Panny Marii do mostu kolejowego w Koziegłowach, powrót do przystanku przy ul. Panny Marii (Katedra). – trasę określa załącznik nr 1.&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 12pt; margin-bottom: 12pt;"&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;2.2.	W kierunku południowym: od przystanku zlokalizowanego na wysokości Katedry – ul. Panny Marii  przez przystanek przy ul. Ewangelickiej  (Chwaliszewo) aż do wysokości mostu kolejowego na Starołęce, powrót do przystanku przy ul. Panny Marii (Katedra).– trasę określa załącznik nr 2.&lt;br&gt;&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 12pt; margin-bottom: 12pt;"&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;3.	Przedmiot zamówienia obejmuje w szczególności:&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 12pt; margin-bottom: 12pt;"&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;3.1.	Świadczenie w maksymalnym okresie od 01.06.2025 r. do 31.08.2025 r. na własną odpowiedzialność usługi transportu pasażerskiego, rekreacyjnego wodnego na rzece Warcie w Poznaniu.&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 12pt; margin-bottom: 12pt;"&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;3.2.	Odbywanie w okresie umowy:&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 12pt; margin-bottom: 12pt;"&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;3.2.1. We wszystkie przypadające na ten okres soboty (13 dni) trzech turystycznych rejsów pasażerskich dziennie (łącznie maksymalnie 54 rejsów) o godzinie 11.00, 14.00 i 17.00. Przy czym rejsy o godzinie 11:00 i 17:00 będą odbywać się w kierunku północnym, a rejs o godzinie 14:00 w kierunku południowym.&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 12pt; margin-bottom: 12pt;"&gt;&lt;span style="color: rgb(51, 51, 51); font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; background-color: transparent; white-space-collapse: preserve;"&gt;3.2.2. We wszystkie przypadające na ten okres niedziele (14 dni) trzech turystycznych rejsów pasażerskich dziennie (łącznie maksymalnie 54 rejsów) o godzinie 11.00, 14.00 i 17.00.  Przy czym rejsy o godzinie 11:00 i 17:00 będą odbywać się w kierunku południowym, a rejs o godzinie 14:00 w kierunku północnym.&lt;/span&gt;&lt;/p&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 12pt; margin-bottom: 12pt;"&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;3.2.3. W dniach 19.06.2025 r., 20.06.2025 r., 15.08.2025 r. (3 dni) trzech turystycznych rejsów pasażerskich dziennie (łącznie maksymalnie 9 rejsów) o godzinie 11.00, 14.00 i 17.00. Przy czym rejsy o godzinie 11:00 i 17:00 będą odbywać się w kierunku południowym, a rejs o godzinie 14:00 w kierunku północnym.
 &lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;3.2.4. Organizacja 8 dodatkowych rejsów w terminach wskazanych przez Zamawiającego (mogą to być dowolne terminy okresu objętego umową). Zamawiający nie przewiduje możliwości pobierania opłat za dodatkowe rejsy przez Wykonawcę. Zamawiający o terminie organizacji dodatkowego rejsu będzie informował Wykonawcę z pięciodniowym wyprzedzeniem.&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;4. Świadczenie usługi transportu pasażerskiego odbywałoby się na odpowiedzialność wykonawcy, wymagane będzie dysponowanie przynajmniej jedną jednostką pływającą o napędzie motorowym,  o pojemności min. 30 osób + załoga. Dopuszcza się możliwość by każdy z rejsów był realizowany przez kilka jednostek pływających o mniejszej pojemności, przy czym łączna ich pojemność musi wynosić ww. min. 30 osób + załoga – np. 1 rejs realizowany przez 2 jednostki o pojemności 15 osób + załoga każda, tak, że ich łączna pojemność wynosi min. 30 osób + załoga itd. &lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;5. Realizacja jednego rejsu musi uwzględniać procedurę odbicia od brzegu, żeglugi &lt;/font&gt;&lt;/span&gt;&lt;span style="background-color: transparent; color: rgb(51, 51, 51); font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; white-space-collapse: preserve;"&gt;i przybicia do brzegu na każdym z przystanków; rejsy odbywać się będą bez względu na liczbę chętnych na rejs&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="background-color: transparent; color: rgb(51, 51, 51); font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; white-space-collapse: preserve;"&gt;6. Dystrybucję biletów na rejsy objęte zakresem zamówienia w cenie brutto 20 zł/os. za każdą z tras, &lt;/span&gt;&lt;span style="color: rgb(51, 51, 51); font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; background-color: transparent; white-space-collapse: preserve;"&gt;w przypadku odcinków Katedra – Chwaliszewo w cenie brutto 5zł/os; dzieci do 3 roku życia pod opieką opiekuna będą mogły korzystać z usługi bezpłatnie. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="color: rgb(51, 51, 51); font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; background-color: transparent; white-space-collapse: preserve;"&gt;7. Wykonawca zobowiązany jest umożliwić płatność za bilet gotówką lub za pośrednictwem terminalu płatniczego.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="color: rgb(51, 51, 51); font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; background-color: transparent; white-space-collapse: preserve;"&gt;8. Przystanek przy ul. Marii Panny ma stanowić „bazę” tramwaju wodnego, w lokalizacji zapewniony jest dostęp do energii elektrycznej (warunki korzystania z zasilania i koszty eksploatacji nie są objęte zakresem umowy), a w sąsiedztwie znajdują się przystanki komunikacji miejskiej, a także szalet miejski wyposażony &lt;/span&gt;&lt;span style="color: rgb(51, 51, 51); font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; background-color: transparent; white-space-collapse: preserve;"&gt;w natrysk.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;9. W każdym z wymienionych przystanków Zamawiający zapewni pomosty o długości min. 12 metrów każdy, które posłużą do obsługi statków pasażerskich (załadunek i wyładunek pasażerów), &lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;10. Wykonawca będzie zobowiązany do kontroli stanu technicznego pomostów, o których mowa powyżej, ich niezbędnej obsługi i regulacji oraz zgłaszania Zamawiającemu wszelkich nieprawidłowości.&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="color: rgb(51, 51, 51); font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; background-color: transparent; white-space-collapse: preserve;"&gt;11. Wykonawca zapewnia na statku możliwość transportu minimum 4 rowerów, 2 wózków dziecięcych oraz 4 wózków inwalidzkich jednocześnie.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;&lt;strong&gt;Zasady wykonania przedmiotu zamówienia:&lt;/strong&gt;&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;1. Wykonawca zobowiązuje się do terminowego i profesjonalnego wykonania przedmiotu zamówienia, z należytą starannością, w ramach prowadzonej przez siebie i na własną odpowiedzialność działalności gospodarczej.&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;2. Wykonawca ponosi odpowiedzialność za organizację i bezpieczeństwo pasażerów biorących udział w rejsach oraz osób obsługujących rejsy.&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;3. Wykonawca oświadcza, iż posiada aktualną polisę ubezpieczenia odpowiedzialności cywilnej za szkody w mieniu oraz szkody osobowe, które powstaną w trakcie wykonywania usługi. Polisa uwzględnia szkody wyrządzone przewożonym pasażerom oraz osobom obsługującym rejsy, w tym czynności związane z wsiadaniem i wysiadaniem ze statku.&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;4. Wykonawca oświadcza, iż posiada uprawnienia w zakresie świadczenia usługi transportu wodnego pasażerskiego.&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;5. Wykonawca oświadcza, że jednostki pływające, które zostaną wykorzystane do wykonywania usługi spełniają określone prawem wymogi, w szczególności wymagania określone w art. 15, 18, 28 Ustawy z dnia 21 grudnia 2000 r. o żegludze śródlądowej.&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;6. Wykonawca oświadcza, że personel, który będzie obsługiwał rejsy stanowiące przedmiot zamówienia posiada odpowiednie umiejętności i wymagane prawem kwalifikacje, w tym w szczególności kwalifikacje określone w art. 35 Ustawy z dnia 21 grudnia 2000 r. o żegludze śródlądowej, a także, że członkowie załóg statków posiadają żeglarską książeczkę pracy, zgodnie z art. 38 powołanej ustawy.&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;7. Wykonawca oświadcza, iż posiada dokumenty dopuszczające statki do żeglugi, polisę ubezpieczeniową oraz dokumenty potwierdzające kwalifikacje załogi, a także dokument potwierdzający prowadzoną działalność gospodarczą (odpis z ewidencji działalności gospodarczej).&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;8. Wykonawca zobowiązuje się do uzyskania wszelkich wymaganych prawem pozwoleń i opinii warunkujących zrealizowanie przedmiotu zamówienia.&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;9. Wykonawca zastrzega sobie prawo do:
 9.1.	Odmówienia zaokrętowania osobom będącym pod wpływem alkoholu lub innych środków odurzających,
 9.2.	Informowania pasażerów o zmianach w rozkładzie rejsów w sytuacjach nieprzewidywalnych, których nie dało się przewidzieć w chwili, gdy była zawierana Umowa.&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;10.	Wpływy ze sprzedaży biletów na rejsy, o których mowa w §1 ust. 5, stanowią przychód Wykonawcy.&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;11.	Wynagrodzenie z tytułu ewentualnej umowy zlecenia objęłoby zryczałtowaną stawkę za każdy z rejsów na pełnej trasie (przystanek początkowy i końcowy: przy ul. Panny Marii, przystanek Katedra). Dokładne godziny rejsów zostałyby określone w umowie (dopuszcza się inne godziny rozpoczęcia rejsów niż podane powyżej).&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;12.	W przypadku niemożliwości organizacji któregoś z rejsów z przyczyn niezależnych od Wykonawcy z wyłączeniem wprowadzenia obostrzeń uniemożliwiających prowadzenie usługi rejsów rekreacyjnych „Tramwaju wodnego” w związku z wystąpieniem stanu zagrożenia epidemicznego, zamawiający umożliwi wykonanie rejsu w innym terminie lub na trasie w innym kierunku. Rejsy objęte umową będą organizowane bez względu na liczbę pasażerów. &lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;13.	Wykonawca będzie miał dowolność w zakresie świadczenia usług związanych 
 z żeglugą pasażerską poza zakresem rejsów objętych umową z Zamawiającym. Ponadto dopuszcza się możliwość, iż Wykonawca będzie świadczył rejsy poza zakresem objętym zamówieniem, jednakże w przypadku posługiwania się nazwą projektu „Tramwaj wodny”, oczekuje się, iż wszystkie rejsy będą odbywały się na warunkach jak rejsy objęte umową.&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;14.	Wszelka działalność marketingowa (w tym prowadzenie profilu „Tramwaj Wodny Poznań” na portalu społecznościowym Facebook, komunikacja z mediami) dotycząca promocji usług objętych zamówieniem będzie wymagała uzgodnienia z Zamawiającym.&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;15.	Wykonawca będzie zobowiązany do prowadzenia statystyk dla wszystkich rejsów objętych zamówieniem, 
 w tym m. in. odnotowywaniem: liczby pasażerów wsiadających i wysiadających na każdym z przystanków, liczby pasażerów uczestniczących w rejsie na pełnej trasie itp.&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif"&gt;16.	Wykonawca będzie miał dowolność w zakresie świadczenia usług związanych z żeglugą pasażerską poza zakresem rejsów objętych umową z Zamawiającym. Ponadto dopuszcza się możliwość, iż Wykonawca będzie świadczył rejsy poza zakresem objętym zamówieniem, jednakże w przypadku posługiwania się nazwą projektu „Tramwaj wodny”, oczekuje się, iż wszystkie rejsy będą odbywały się na warunkach jak rejsy objęte umową.
 &lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline;"&gt;&lt;font color="#333333" face="Helvetica Neue, sans-serif" style=""&gt;&lt;span style="white-space-collapse: preserve;"&gt;16.	Zamawiający dodatkowo dopuszcza by część realizowanych rejsów (w ramach całkowitej puli realizowanych rejsów w ramach umowy) była wzbogacona o formę podróży tematycznych / z udziałem przewodnika, które mogłyby stanowić dodatkową atrakcję i połączyć zwykłą podróż statkiem z żywą lekcją przyrody, historii itd. &lt;/span&gt;&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap; font-weight: 700; font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(51, 51, 51);"&gt;&lt;br&gt;&lt;/span&gt;&lt;/p&gt;&lt;p style="background-color: rgb(255, 255, 255);"&gt;&lt;span style="font-weight: 700;"&gt;Klauzula informacyjna z art. 13 i 14 Rozporządzenia o ochronie danych osobowych RODO&lt;/span&gt;&lt;/p&gt;&lt;p style="background-color: rgb(255, 255, 255);"&gt;Zgodnie z art. 13 ust. 1 i ust. 2 i art. 14 ust. 1 i ust. 2 Rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o&amp;nbsp;ochronie danych), dalej RODO informuję, iż:&lt;/p&gt;&lt;p style="background-color: rgb(255, 255, 255);"&gt;&amp;nbsp;&amp;nbsp;&amp;nbsp; 1) Administratorem danych osobowych jest Prezydent Miasta Poznania z siedzibą przy placu Kolegiackim 17, 61-841 Poznań.&lt;/p&gt;&lt;p style="background-color: rgb(255, 255, 255);"&gt;&amp;nbsp;&amp;nbsp;&amp;nbsp; 2) Wyznaczono inspektora ochrony danych, z którym można się kontaktować poprzez e-mail: iod@um.poznan.pl lub pisemnie na adres: plac Kolegiacki 17, 61-841 Poznań.&lt;/p&gt;&lt;p style="background-color: rgb(255, 255, 255);"&gt;&amp;nbsp;&amp;nbsp;&amp;nbsp; 3) Pani/Pana dane osobowe będą przetwarzane na&amp;nbsp;podstawie art. 6 ust. 1 lit. e RODO w&amp;nbsp;związku z wykonaniem zadania realizowanego w interesie publicznym wynikającego z&amp;nbsp;art. 43 i&amp;nbsp;44 ustawy o finansach publicznych, tj. wybór najkorzystniejszej oferty w&amp;nbsp;związku z przeprowadzeniem postępowania o udzielenie zamówienia, wyłączonego spod regulacji ustawy Prawo zamówień publicznych.&lt;/p&gt;&lt;p style="background-color: rgb(255, 255, 255);"&gt;&amp;nbsp;&amp;nbsp;&amp;nbsp; 4) Pani/Pana dane zostały przekazane Administratorowi bezpośrednio przez Panią/Pana albo udostępnione Administratorowi przez Wykonawcę.&lt;/p&gt;&lt;p style="background-color: rgb(255, 255, 255);"&gt;&amp;nbsp;&amp;nbsp;&amp;nbsp; 5) Dane po zrealizowaniu celu, dla którego zostały zebrane, będą przetwarzane do celów archiwalnych i przechowywane przez okres niezbędny do zrealizowania przepisów dotyczących archiwizowania danych obowiązujących u Administratora.&lt;/p&gt;&lt;p style="background-color: rgb(255, 255, 255);"&gt;&amp;nbsp;&amp;nbsp;&amp;nbsp; 6) Osoby, których dane dotyczą, mają prawo do:&lt;/p&gt;&lt;p style="background-color: rgb(255, 255, 255);"&gt;&amp;nbsp;&amp;nbsp;&amp;nbsp; a) dostępu do swoich danych osobowych;&lt;/p&gt;&lt;p style="background-color: rgb(255, 255, 255);"&gt;&amp;nbsp;&amp;nbsp;&amp;nbsp; b) żądania sprostowania danych, które są nieprawidłowe;&lt;/p&gt;&lt;p style="background-color: rgb(255, 255, 255);"&gt;&amp;nbsp;&amp;nbsp;&amp;nbsp; c) wniesienia sprzeciwu wobec przetwarzania danych – z przyczyn związanych ze szczególną sytuacją osób, których dane są przetwarzane;&lt;/p&gt;&lt;p style="background-color: rgb(255, 255, 255);"&gt;&amp;nbsp;&amp;nbsp;&amp;nbsp; d) żądania usunięcia danych, gdy:&lt;/p&gt;&lt;p style="background-color: rgb(255, 255, 255);"&gt;&amp;nbsp;&amp;nbsp;&amp;nbsp; • dane nie są już niezbędne do celów, dla których zostały zebrane,&lt;/p&gt;&lt;p style="background-color: rgb(255, 255, 255);"&gt;&amp;nbsp;&amp;nbsp;&amp;nbsp; • dane przetwarzane są niezgodnie z prawem,&lt;/p&gt;&lt;p style="background-color: rgb(255, 255, 255);"&gt;&amp;nbsp;&amp;nbsp;&amp;nbsp; • po wniesieniu sprzeciwu, jeśli nie występują nadrzędne prawnie uzasadnione podstawy&amp;nbsp; przetwarzania;&lt;/p&gt;&lt;p style="background-color: rgb(255, 255, 255);"&gt;&amp;nbsp;&amp;nbsp;&amp;nbsp; e) żądania ograniczenia przetwarzania, gdy:&lt;/p&gt;&lt;p style="background-color: rgb(255, 255, 255);"&gt;&amp;nbsp;&amp;nbsp;&amp;nbsp; • osoby te kwestionują prawidłowość danych,&lt;/p&gt;&lt;p style="background-color: rgb(255, 255, 255);"&gt;&amp;nbsp;&amp;nbsp;&amp;nbsp; • przetwarzanie jest niezgodne z prawem, a osoby te sprzeciwiają się usunięciu danych,&lt;/p&gt;&lt;p style="background-color: rgb(255, 255, 255);"&gt;&amp;nbsp;&amp;nbsp;&amp;nbsp; • Administrator nie potrzebuje już danych osobowych do celów przetwarzania, ale są one potrzebne osobom, których dane dotyczą, do ustalenia, dochodzenia lub obrony roszczeń,&lt;/p&gt;&lt;p style="background-color: rgb(255, 255, 255);"&gt;&amp;nbsp;&amp;nbsp;&amp;nbsp; • osoby te wniosły sprzeciw wobec przetwarzania danych – do czasu stwierdzenia nadrzędnych interesów Administratora nad podstawę takiego sprzeciwu.&lt;/p&gt;&lt;p style="background-color: rgb(255, 255, 255);"&gt;&amp;nbsp;&amp;nbsp;&amp;nbsp; 7) Ma Pani/Pan prawo do wniesienia skargi do organu nadzorczego, którym jest Prezes Urzędu Ochrony Danych Osobowych.&lt;/p&gt;&lt;p style="background-color: rgb(255, 255, 255);"&gt;&amp;nbsp;&amp;nbsp;&amp;nbsp; 8) Podanie danych osobowych jest warunkiem wzięcia udziału w&amp;nbsp;postępowaniu&lt;/p&gt;&lt;p style="background-color: rgb(255, 255, 255);"&gt;o udzielenie zamówienia wyłączonego spod regulacji ustawy Prawo zamówień publicznych.&lt;/p&gt;&lt;p style="background-color: rgb(255, 255, 255);"&gt;&amp;nbsp;&amp;nbsp;&amp;nbsp; 9) Dane osobowe nie będą przetwarzane w sposób opierający się wyłącznie&lt;/p&gt;&lt;p style="background-color: rgb(255, 255, 255);"&gt;na zautomatyzowanym podejmowaniu decyzji, w tym profilowaniu.&lt;/p&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 12pt; margin-bottom: 12pt;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(51, 51, 51); background-color: transparent; font-weight: 700; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space-collapse: preserve;"&gt;&lt;/span&gt;&lt;/p&gt;&lt;p style="background-color: rgb(255, 255, 255);"&gt;&amp;nbsp;&amp;nbsp;&amp;nbsp; 10) Odbiorcami Pani/Pana danych będą podmioty upoważnione do odbioru danych osobowych na podstawie przepisów prawa lub zawartych z administratorem umów, w tym podmioty zajmujące się obsługą informatyczną administratora.&lt;/p&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 12pt; margin-bottom: 12pt;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(51, 51, 51); background-color: transparent; font-weight: 700; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;W przypadku pytań:&lt;/span&gt;&lt;/p&gt;&lt;ul style="margin-bottom: 0px;"&gt;&lt;li dir="ltr" style="list-style-type: disc; font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(51, 51, 51); background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre;"&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 12pt; margin-bottom: 0pt;" role="presentation"&gt;&lt;span style="font-size: 10.5pt; background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;technicznych lub merytorycznych, proszę o kontakt za pośrednictwem przycisku "&lt;strong&gt;Wyślij wiadomość do zamawiającego&lt;/strong&gt;" lub pod nr tel. 61 8271 723&lt;/span&gt;&lt;/p&gt;&lt;/li&gt;&lt;li dir="ltr" style="list-style-type: disc; font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(51, 51, 51); background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre;"&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 0pt; margin-bottom: 12pt;" role="presentation"&gt;&lt;span style="font-size: 10.5pt; background-color: transparent; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;związanych z obsługą platformy, proszę o kontakt z Centrum Wsparcia Klienta platformy zakupowej Open Nexus pod nr 22 101 02 02, czynnym od poniedziałku do piątku w godzinach 8:00 do 17:00.&amp;nbsp;&amp;nbsp;&amp;nbsp;&lt;/span&gt;&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 12pt; margin-bottom: 0pt; padding: 0pt 0pt 12pt;"&gt;&amp;nbsp;&lt;/p&gt;&lt;p dir="ltr" style="line-height: 1.38; margin-top: 0pt; margin-bottom: 0pt; padding: 0pt 0pt 12pt;"&gt;&lt;span style="font-size: 10.5pt; font-family: &amp;quot;Helvetica Neue&amp;quot;, sans-serif; color: rgb(51, 51, 51); background-color: transparent; font-style: italic; font-variant-numeric: normal; font-variant-east-asian: normal; vertical-align: baseline; white-space: pre-wrap;"&gt;Oficjalnym potwierdzeniem chęci realizacji zamówienia przez Zamawiającego jest wysłanie zamówienia lub podpisanie umowy.&amp;nbsp; Wiadomości z platformy zakupowej mają charakter informacyjny.&lt;/span&gt;&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -608,51 +608,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/606f6828432c88ba3f8171ddea8cd590.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/5d60d8e21e6974bd37afd5c5c52f2573.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/5d60d8e21e6974bd37afd5c5c52f2573.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://platformazakupowa.pl/file/get_new/606f6828432c88ba3f8171ddea8cd590.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AA23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E23" sqref="E23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="25" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>